--- v0 (2025-10-27)
+++ v1 (2026-03-16)
@@ -566,364 +566,382 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G7"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
-      <c r="E3" s="3" t="s">
+      <c r="E3" s="3"/>
+      <c r="F3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="G7" s="3" t="s">
+    </row>
+    <row r="8" spans="1:7" ht="95" customHeight="1">
+      <c r="A8" s="3" t="s">
         <v>38</v>
       </c>
+      <c r="B8" s="3"/>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G7"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
-      <c r="E3" s="3" t="s">
+      <c r="E3" s="3"/>
+      <c r="F3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="G7" s="3" t="s">
+    </row>
+    <row r="8" spans="1:7" ht="95" customHeight="1">
+      <c r="A8" s="3" t="s">
         <v>38</v>
       </c>
+      <c r="B8" s="3"/>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -940,149 +958,149 @@
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="3"/>
+      <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="D3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
@@ -1105,303 +1123,312 @@
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
-      <c r="C3" s="3" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G6"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="3"/>
+      <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="D3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="3" t="s">
+    </row>
+    <row r="7" spans="1:7" ht="95" customHeight="1">
+      <c r="A7" s="3" t="s">
         <v>35</v>
       </c>
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -1418,152 +1445,152 @@
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="3"/>
+      <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="D3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
@@ -1586,149 +1613,149 @@
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="3"/>
+      <c r="E3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
@@ -1751,154 +1778,154 @@
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="3" t="s">
+      <c r="F3" s="3"/>
+      <c r="G3" s="3" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="95" customHeight="1">
       <c r="A8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
@@ -1921,149 +1948,149 @@
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
-      <c r="B3" s="3" t="s">
+      <c r="B3" s="3"/>
+      <c r="C3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
@@ -2086,326 +2113,317 @@
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="3"/>
+      <c r="E3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="F7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
-      <c r="A3" s="3"/>
-[...4 lines deleted...]
-      <c r="F3" s="3"/>
+      <c r="A3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="G3" s="3" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>32</v>
-[...18 lines deleted...]
-      <c r="B8" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="3"/>
-[...3 lines deleted...]
-      <c r="G8" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="7" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2424,149 +2442,149 @@
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="95" customHeight="1">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
-      <c r="C3" s="3" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="G3" s="3" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="95" customHeight="1">
       <c r="A4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="C4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="D4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="G4" s="3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="95" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="95" customHeight="1">
       <c r="A6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="E6" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="F6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="F6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="95" customHeight="1">
       <c r="A7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>